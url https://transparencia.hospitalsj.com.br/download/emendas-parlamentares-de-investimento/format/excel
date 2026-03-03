--- v0 (2025-11-02)
+++ v1 (2026-03-03)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>Painel de Transferências Discricionárias e Legais</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>Painel de Transferências Discricionárias e Legais.pdf</t>
   </si>
   <si>
-    <t>EMENDASPARLAMENTARESRECEBIDAS.pdf</t>
+    <t>Emendas_Recebidas.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -380,51 +380,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/272/DocumentAssets/535026/images/original/Painel de Transfer&#234;ncias Discricion&#225;rias e Legais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/272/DocumentAssets/547626/images/original/EMENDASPARLAMENTARESRECEBIDAS.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/272/DocumentAssets/535026/images/original/Painel de Transfer&#234;ncias Discricion&#225;rias e Legais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/272/DocumentAssets/732229/images/original/Emendas_Recebidas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>